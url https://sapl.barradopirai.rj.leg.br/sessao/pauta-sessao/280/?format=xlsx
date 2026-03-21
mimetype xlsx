--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -10,68 +10,412 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="120">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
+  </si>
+  <si>
+    <t>ordem dia</t>
+  </si>
+  <si>
+    <t>Requerimento nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Wanderson</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado à Excelentíssima Senhora Prefeita de Barra do Piraí solicitando informações pertinentes ao fornecimento de medicamentos para os munícipes.</t>
+  </si>
+  <si>
+    <t>Aguardando a inclusão no Expediente</t>
+  </si>
+  <si>
+    <t>Requerimento nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Luiz Felipe Ludi</t>
+  </si>
+  <si>
+    <t>O Vereador Luiz Felipe Ludi, que a este subscreve, após tramitação regimental (art. 123, § 3º, VII, do RICMBP), VEM, RESPETIOSAMENTE, REQUERER a Vossa Excelência que oficie perante a Prefeitura Municipal de Barra do Piraí, solicitando as seguintes informações: CRONOGRAMA DETALHADO da execução do Contrato n° 02/2026, Processo Administrativo n° 9897 / 2025, da "Operação Tapa-Buracos" em toda a área urbana e rural do Município de Barra do Piraí/RJ.</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Elves</t>
+  </si>
+  <si>
+    <t>Autoriza a Isenção do pagamento de taxa de inscrição em concurso público no âmbito do Município de Barra do Piraí, as candidatas vítimas de violência doméstica e familiar.</t>
+  </si>
+  <si>
+    <t>Indicação nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>Solicito instalação de redutor de velocidade, na Estrada Silas Pereira da Motta, próximo ao nº 1321, Bairro Parque Santana.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>Indicação nº 15 de 2026</t>
+  </si>
+  <si>
+    <t>Solicito pintura de todas as faixas indicativas, situadas na RJ145, altura dos Bairros Santana de Barra, Chalet e Guararema.</t>
+  </si>
+  <si>
+    <t>Indicação nº 16 de 2026</t>
+  </si>
+  <si>
+    <t>Solicito recapeamento asfáltico, em toda extensão das ruas do Bairro Boca do Mato.</t>
+  </si>
+  <si>
+    <t>Indicação nº 11 de 2026</t>
+  </si>
+  <si>
+    <t>Jeordane</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a reinstalação de braço de luz na Rua Nova Iguaçu, nas proximidades do nº 60, no bairro Química.</t>
+  </si>
+  <si>
+    <t>Indicação nº 12 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a instalação de caçambas de lixo na Rua Palmiro Antônio Timóteo, no bairro Caixa D’Água.</t>
+  </si>
+  <si>
+    <t>Indicação nº 13 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita ao Poder Executivo Municipal a realização do asfaltamento da Estrada Fazenda São Luiz (entrada da Rua da Lixeira), no bairro Cantão.</t>
+  </si>
+  <si>
+    <t>Indicação nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>José Mauro Motorista</t>
+  </si>
+  <si>
+    <t>Atender por meio da Secretaria Municipal de Saúde, a implantação de uma Unidade de Pronto Atendimento – UPA 24 Horas no Distrito de Ipiabas, Barra do Piraí.</t>
+  </si>
+  <si>
+    <t>Moção nº 1 de 2026</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos a WALDECY MOTTA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Atender com a construção do muro de contenção, na Rua Antônio Tinoco Filho em frente ao n°902 em Ipiabas.</t>
+  </si>
+  <si>
+    <t>Moção nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos a MAURA CRISTINA DE AZEVEDO MOTTA.</t>
+  </si>
+  <si>
+    <t>Indicação nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>Interceder junto a empresa responsável_x000D_
+para a instalação de 2 (dois) braços de luz na rua Edson Pereira da Rocha (após o n°_x000D_
+64, Fazenda Luanda) em Ipiabas.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>ADAPTA, NO ÂMBITO MUNICIPAL, AS DISPOSIÇÕES DA LEI FEDERAL N° 15.271/2025, QUE DISPÕE SOBRE O SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS (TÁXI), E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Indicação nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA, que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal com vistas a providenciar com urgência as tratativas necessárias para a realização da licitação para a construção e/ou instalação de quebra-molas no município de Barra do Piraí, com o intuito de auxiliar na melhor organização municipal, visto que a ausência dos mesmos causa transtorno a todos os cidadãos.</t>
+  </si>
+  <si>
+    <t>Indicação nº 20 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA, que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal com vistas a providenciar de maneira urgente a disponibilização de caminhão hidráulico (hidrovácuo) para realizar a limpeza e desobstrução dos bueiros localizados na Rua Ernesto Benevides, no Centro, uma vez que a obstrução do sistema de drenagem pluvial coloca em risco o bem-estar, a saúde e a segurança dos cidadãos.</t>
+  </si>
+  <si>
+    <t>Indicação nº 24 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA, que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal com vistas a providenciar a realização de serviços de tapa-buracos e manutenção na Rua Antônio de Almeida, no Bairro Santo Antônio, tendo em vista a existência de diversos buracos na via, que comprometem a circulação de veículos e pedestres.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 347 de 2025</t>
+  </si>
+  <si>
+    <t>Lú Maciel</t>
+  </si>
+  <si>
+    <t>EMENTA: Dispõe sobre a instituição do Programa Municipal de Defesa Pessoal Feminina, no âmbito do Município de Barra do Piraí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 393 de 2025</t>
+  </si>
+  <si>
+    <t>Institui a Sala de Atendimento Reservado no âmbito do Centro de Testagem Anônima – CTA, voltado ao atendimento e prevenção de DSTs/ISTs no Município de Barra do Piraí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Indicação nº 17 de 2026</t>
+  </si>
+  <si>
+    <t>SOLICITA, que a Mesa envie expediente a Excelentíssima Senhora  Prefeita Municipal, a fim de que V.Exa. possa interceder junto ao Governo do Estado no sentido de solicitar a disponibilização de uma van para atender as necessidades da APAE do município.</t>
+  </si>
+  <si>
+    <t>Indicação nº 18 de 2026</t>
+  </si>
+  <si>
+    <t>SOLICITA, que a Mesa envie expediente a Excelentíssima Senhora  Prefeita Municipal, a fim de que V.Exa. possa interceder junto ao órgão competente para que seja implementado o Cinema Inclusivo em Barra do Piraí.</t>
+  </si>
+  <si>
+    <t>Indicação nº 19 de 2026</t>
+  </si>
+  <si>
+    <t>SOLICITA, que a Mesa envie expediente a Excelentíssima Senhora  Prefeita Municipal, a fim de que V.Exa. possa interceder junto ao governo do Estado a disponibilização de um veículo para atender as demandas da Ronda Maria da Penha.</t>
+  </si>
+  <si>
+    <t>Indicação nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>Pedrinho ADL</t>
+  </si>
+  <si>
+    <t>Solicita que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que a mesma se reporte a Secretaria pertinente, e solicite as tratativas necessárias quanto a instalação de uma cobertura na área frontal do laboratório da Santa Casa, tendo em vista que o local não possui qualquer tipo de proteção contra sol ou chuva, se fazendo necessária diante da grande circulação de pessoas no referido local, especialmente pacientes, idosos, pessoas com mobilidade reduzida e acompanhantes, que frequentemente precisam aguardar atendimento ou resultados de exames em área descoberta.</t>
+  </si>
+  <si>
+    <t>Indicação nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que a mesma se reporte a Secretaria pertinente, e solicite as tratativas necessárias quanto a instalação de placas de identificação nas cabeceiras das pontes e dos viadutos existentes no município de Barra do Piraí, contendo o nome da obra e o ano de sua construção. Nossa cidade é reconhecida como uma cidade de grande relevância histórica, possuindo pontes e viadutos antigos que fazem parte do patrimônio urbano e da memória coletiva do município. No entanto, muitas dessas estruturas não possuem qualquer tipo de identificação, fazendo com que grande parte da população desconheça seus nomes, origens e importância histórica. A colocação de placas informativas contribuirá significativamente para a valorização da história local, bem como permitirá que as pessoas, ao transitarem por estes, tenham acesso a informações básicas como o nome da obra e o período em que foi construída, fortalecendo o sentimento de pertencimento e preservação da identidade Municipal.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>EMENTA: “Autoriza a implantação da Patrulha Municipal de Proteção ao Idoso no Município de Barra do Piraí.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 6 de 2026</t>
+  </si>
+  <si>
+    <t>Solicita que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que a mesma se reporte a Secretaria pertinente, e solicite as tratativas necessárias quanto a implantação do cartão-alimentação para os servidores públicos da PMBP, a fim de que possam optar sobre o que, quando e onde realizarão suas refeições, decidindo, inclusive, se utilizarão ou não os serviços de alimentação fornecidos pela Prefeitura. Ressalta-se, ainda, a necessidade de atender aos servidores com restrições alimentares, que demandam uma alimentação diferenciada e cardápios específicos.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 426 de 2025</t>
+  </si>
+  <si>
+    <t>Poder Executivo - PE</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE REGULAMENTAÇÃO DE CESSÃO, AUTORIZAÇÃO DE USO DE SOLO, PERMISSÃO DE USO E CONCESSÃO DE ESPAÇOS PÚBLICOS CLASSIFICADOS COMO BOX, QUIOSQUE PÚBLICO E OUTROS PARA FINS DE INCLUSÃO PRODUTIVA, ESTABELECENDO REGRAS E NORMAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 14 de 2026</t>
+  </si>
+  <si>
+    <t>Revoga a Lei Municipal nº 1.448, de 30 de junho de 2008, que dispõe sobre a Política de Promoção da Igualdade Racial no Município de Barra do Piraí, e institui nova Política Municipal de Promoção da Igualdade Racial, com reestruturação de diretrizes, instrumentos e mecanismos de participação social, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 15 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 648.957,21 (SEISCENTOS E QUARENTA E OITO MIL E NOVECENTOS E CINQUENTA E SETE REAIS E VINTE E UM CENTAVOS), NO ORÇAMENTO PROGRAMA EM VIGOR E DÁ OUTRAS CORRELATAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 16 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.419.750,00 (UM MILHÃO E QUATROCENTOS E DEZENOVE MIL E SETECENTOS E CINQUENTA REAIS), NO ORÇAMENTO PROGRAMA EM VIGOR E DÁ OUTRAS CORRELATAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 17 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A REABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 614.600,00 (SEISCENTOS E QUATORZE MIL E SEISCENTOS REAIS), PROGRAMA EM VIGOR E DÁ OUTRAS CORRELATAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 18 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A REABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 6.538.597,82 (SEIS MILHÕES QUINHENTOS E TRINTA E OITO MIL E QUINHENTOS E NOVENTA E SETE REAIS E OITENTA E DOIS CENTAVOS), NO ORÇAMENTO PROGRAMA EM VIGOR E DÁ OUTRAS CORRELATAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 19 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A REABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 2.813.098,65 (DOIS MILHÕES E OITOCENTOS E TREZE MIL E NOVENTA E OITO REAIS E SESSENTA E CINCO CENTAVOS), NO ORÇAMENTO PROGRAMA EM VIGOR E DÁ OUTRAS CORRELATAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 20 de 2026</t>
+  </si>
+  <si>
+    <t>“Autoriza a reabertura de Crédito Adicional Especial no valor R$ 485.963,64 (Quatrocentos e oitenta e cinco mil e novecentos e sessenta e três reais e sessenta e quatro centavos) no Orçamento Programa em vigor e dá outras correlatas providências”.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 21 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$380.000,00 (TREZENTOS E OITENTA MIL REAIS) REFERENTE AO REPASSE AO APOIO AOS ESTADOS, DISTRITO FEDERAL E MUNICÍPIOS PARA MÉDIA E ALTA COMPLEXIDADE.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 22 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$850.600,00 (OITOCENTOS E CINQUENTA MIL E SEISCENTOS REAIS) REFERENTE AO REPASSE DE EMENDA DA COMISSÃO DE SAÚDE.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 23 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$1.316.646.00 (UM MILHÃO TREZENTOS E DEZESSEIS MIL SEISCENTOS E QUARENTA E SEIS REAIS) REFERENTE AO REPASSE AO APOIO AOS ESTADOS, DISTRITO FEDERAL E MUNICÍPIOS PARA ESTRUTURAÇÃO EM SAÚDE PELO SENADOR FLÁVIO BOLSONARO.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 24 de 2026</t>
+  </si>
+  <si>
+    <t>“Autoriza a abertura de Crédito Adicional Especial no valor de R$ 636.508,99 (seiscentos e trinta e seis mil e quinhentos e oito reais e noventa e nove centavos), no Orçamento Programa em vigor e dá outras correlatas providências”.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 27 de 2026</t>
+  </si>
+  <si>
+    <t>INSTITUI REGIME ADICIONAL DE SERVIÇO (RAS) PARA PROFISSIONAIS DA GUARDA MUNICIPAL DE BARRA DO PIRAÍ.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 28 de 2026</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA AUXÍLIO MATERIAL DIDÁTICO E UNIFORME ESCOLAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária nº 29 de 2026</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 460.896,39 (QUATROCENTOS E SESSENTA MIL E OITOCENTOS E NOVENTA E SEIS REAIS E TRINTA E NOVE CENTAVOS), NO ORÇAMENTO PROGRAMA EM VIGOR E DÁ OUTRAS CORRELATAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>Moção nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>Rafael Couto</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao Ilmo Gustavo Amorim da Silva Machado.</t>
+  </si>
+  <si>
+    <t>Moção nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>Moção de Felicitações ao Dileto Amigo e Funcionário Sr. Aniello D'Amato.</t>
+  </si>
+  <si>
+    <t>Indicação nº 21 de 2026</t>
+  </si>
+  <si>
+    <t>Thiago Soares</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que a mesma providencie: ROCADA E CAPINA COM URGENCIA, em toda a extensão do Bairro Coimbra.</t>
+  </si>
+  <si>
+    <t>Indicação nº 22 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que a mesma providencie: OPERAÇÃO TAPA BURACOS, em toda a extensão da Rua José Mário Ferreira, no Bairro Coimbra.</t>
+  </si>
+  <si>
+    <t>Indicação nº 23 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que a mesma providencie: RETIRADA DE ENTULHOS COM URGENCIA, em toda a extensão do Bairro Coimbra.</t>
+  </si>
+  <si>
+    <t>Indicação nº 8 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que sejam tomadas as devidas providências para a retirada de entulho e capina na Rua Elpideo Lourenço de Souza, próximo ao número 138, no bairro São João.</t>
+  </si>
+  <si>
+    <t>Indicação nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que sejam tomadas as devidas providências para a retirada de entulhos na Rua Adácio Cândido de Matos, próximo ao Quintal das Estrelas, no bairro Oficinas Velhas.</t>
+  </si>
+  <si>
+    <t>Indicação nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>Na forma que determina o Regimento Interno desta Casa Legislativa, o Vereador que a esta subscreve SOLICITA que a Mesa envie expediente a Excelentíssima Senhora Prefeita Municipal, a fim de que sejam tomadas as devidas providências para a execução do serviço de tapa-buracos na Avenida Álvaro Gonçalves, no bairro de Fátima - Distrito da Califórnia, em razão do grave estado em que a Avenida se encontra.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -363,82 +707,1122 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F1"/>
+  <dimension ref="A1:F53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="34.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2">
+        <v>6266</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>6277</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>6214</v>
+      </c>
+      <c r="B4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>6248</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>6249</v>
+      </c>
+      <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>6250</v>
+      </c>
+      <c r="B7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>6244</v>
+      </c>
+      <c r="B8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" t="s">
+        <v>27</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>6245</v>
+      </c>
+      <c r="B9" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>6246</v>
+      </c>
+      <c r="B10" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>6229</v>
+      </c>
+      <c r="B11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>6254</v>
+      </c>
+      <c r="B12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>6230</v>
+      </c>
+      <c r="B13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>6255</v>
+      </c>
+      <c r="B14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>6231</v>
+      </c>
+      <c r="B15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>6277</v>
+      </c>
+      <c r="B16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>6217</v>
+      </c>
+      <c r="B17" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>6240</v>
+      </c>
+      <c r="B18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>6273</v>
+      </c>
+      <c r="B19" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>6278</v>
+      </c>
+      <c r="B20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>5511</v>
+      </c>
+      <c r="B21" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>5818</v>
+      </c>
+      <c r="B22" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" t="s">
+        <v>52</v>
+      </c>
+      <c r="E22" t="s">
+        <v>55</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>6251</v>
+      </c>
+      <c r="B23" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" t="s">
+        <v>56</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>57</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>6252</v>
+      </c>
+      <c r="B24" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>6253</v>
+      </c>
+      <c r="B25" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
+        <v>61</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>6235</v>
+      </c>
+      <c r="B26" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" t="s">
+        <v>62</v>
+      </c>
+      <c r="D26" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>6236</v>
+      </c>
+      <c r="B27" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" t="s">
+        <v>65</v>
+      </c>
+      <c r="D27" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>66</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>6219</v>
+      </c>
+      <c r="B28" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" t="s">
+        <v>67</v>
+      </c>
+      <c r="D28" t="s">
+        <v>63</v>
+      </c>
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>6237</v>
+      </c>
+      <c r="B29" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" t="s">
+        <v>69</v>
+      </c>
+      <c r="D29" t="s">
+        <v>63</v>
+      </c>
+      <c r="E29" t="s">
+        <v>70</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>6213</v>
+      </c>
+      <c r="B30" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>6239</v>
+      </c>
+      <c r="B31" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" t="s">
+        <v>72</v>
+      </c>
+      <c r="E31" t="s">
+        <v>75</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>6256</v>
+      </c>
+      <c r="B32" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" t="s">
+        <v>72</v>
+      </c>
+      <c r="E32" t="s">
+        <v>77</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>6257</v>
+      </c>
+      <c r="B33" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34">
+        <v>6258</v>
+      </c>
+      <c r="B34" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" t="s">
+        <v>72</v>
+      </c>
+      <c r="E34" t="s">
+        <v>81</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35">
+        <v>6259</v>
+      </c>
+      <c r="B35" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" t="s">
+        <v>82</v>
+      </c>
+      <c r="D35" t="s">
+        <v>72</v>
+      </c>
+      <c r="E35" t="s">
+        <v>83</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>6260</v>
+      </c>
+      <c r="B36" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" t="s">
+        <v>72</v>
+      </c>
+      <c r="E36" t="s">
+        <v>85</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>6261</v>
+      </c>
+      <c r="B37" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" t="s">
+        <v>72</v>
+      </c>
+      <c r="E37" t="s">
+        <v>87</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>6262</v>
+      </c>
+      <c r="B38" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" t="s">
+        <v>88</v>
+      </c>
+      <c r="D38" t="s">
+        <v>72</v>
+      </c>
+      <c r="E38" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>6263</v>
+      </c>
+      <c r="B39" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" t="s">
+        <v>90</v>
+      </c>
+      <c r="D39" t="s">
+        <v>72</v>
+      </c>
+      <c r="E39" t="s">
+        <v>91</v>
+      </c>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>6264</v>
+      </c>
+      <c r="B40" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" t="s">
+        <v>92</v>
+      </c>
+      <c r="D40" t="s">
+        <v>72</v>
+      </c>
+      <c r="E40" t="s">
+        <v>93</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
+        <v>6267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>14</v>
+      </c>
+      <c r="C41" t="s">
+        <v>94</v>
+      </c>
+      <c r="D41" t="s">
+        <v>72</v>
+      </c>
+      <c r="E41" t="s">
+        <v>95</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>6270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" t="s">
+        <v>96</v>
+      </c>
+      <c r="D42" t="s">
+        <v>72</v>
+      </c>
+      <c r="E42" t="s">
+        <v>97</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>6271</v>
+      </c>
+      <c r="B43" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" t="s">
+        <v>98</v>
+      </c>
+      <c r="D43" t="s">
+        <v>72</v>
+      </c>
+      <c r="E43" t="s">
+        <v>99</v>
+      </c>
+      <c r="F43" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>6272</v>
+      </c>
+      <c r="B44" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" t="s">
+        <v>100</v>
+      </c>
+      <c r="D44" t="s">
+        <v>72</v>
+      </c>
+      <c r="E44" t="s">
+        <v>101</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>6284</v>
+      </c>
+      <c r="B45" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" t="s">
+        <v>102</v>
+      </c>
+      <c r="D45" t="s">
+        <v>103</v>
+      </c>
+      <c r="E45" t="s">
+        <v>104</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46">
+        <v>6285</v>
+      </c>
+      <c r="B46" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" t="s">
+        <v>105</v>
+      </c>
+      <c r="D46" t="s">
+        <v>103</v>
+      </c>
+      <c r="E46" t="s">
+        <v>106</v>
+      </c>
+      <c r="F46" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>6274</v>
+      </c>
+      <c r="B47" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" t="s">
+        <v>107</v>
+      </c>
+      <c r="D47" t="s">
+        <v>108</v>
+      </c>
+      <c r="E47" t="s">
+        <v>109</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48">
+        <v>6275</v>
+      </c>
+      <c r="B48" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" t="s">
+        <v>110</v>
+      </c>
+      <c r="D48" t="s">
+        <v>108</v>
+      </c>
+      <c r="E48" t="s">
+        <v>111</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49">
+        <v>6276</v>
+      </c>
+      <c r="B49" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" t="s">
+        <v>112</v>
+      </c>
+      <c r="D49" t="s">
+        <v>108</v>
+      </c>
+      <c r="E49" t="s">
+        <v>113</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50">
+        <v>6266</v>
+      </c>
+      <c r="B50" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" t="s">
+        <v>8</v>
+      </c>
+      <c r="E50" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51">
+        <v>6241</v>
+      </c>
+      <c r="B51" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" t="s">
+        <v>114</v>
+      </c>
+      <c r="D51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E51" t="s">
+        <v>115</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52">
+        <v>6242</v>
+      </c>
+      <c r="B52" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" t="s">
+        <v>116</v>
+      </c>
+      <c r="D52" t="s">
+        <v>8</v>
+      </c>
+      <c r="E52" t="s">
+        <v>117</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53">
+        <v>6243</v>
+      </c>
+      <c r="B53" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" t="s">
+        <v>118</v>
+      </c>
+      <c r="D53" t="s">
+        <v>8</v>
+      </c>
+      <c r="E53" t="s">
+        <v>119</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>